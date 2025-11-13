--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b3972b5d67423a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe8d040248514c7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf588eb81d2264358"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf672ff5fc4264067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bc74b64981840b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf588eb81d2264358" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdba33a637b24bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf672ff5fc4264067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US TIPS Government Inflation-Linked Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1452600270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>94,076</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,698</x:t>
-[...65 lines deleted...]
-          <x:t>94,316</x:t>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,876</x:t>
-[...11 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>94,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,356</x:t>
-[...468 lines deleted...]
-          <x:t>93,885</x:t>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>