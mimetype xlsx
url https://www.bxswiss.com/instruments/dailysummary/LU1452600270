--- v1 (2025-11-13)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe8d040248514c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf470b523748b4a08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf672ff5fc4264067"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3662f0b7ab84ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdba33a637b24bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf672ff5fc4264067" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf2246639b3a4bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3662f0b7ab84ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US TIPS Government Inflation-Linked Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1452600270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>93,589</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>