--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf470b523748b4a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327071c821734e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3662f0b7ab84ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a468749c3e545eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf2246639b3a4bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3662f0b7ab84ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4af56332dc4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a468749c3e545eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US TIPS Government Inflation-Linked Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1452600270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>