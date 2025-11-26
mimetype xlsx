--- v0 (2025-10-07)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd84a378af084dd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8efdf987bd04aec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d443799002a4457"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338e3402b6fb4b54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raae104f91ca4473b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d443799002a4457" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bd5c7663d4d41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338e3402b6fb4b54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core Euro Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1437018598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>49,337</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>