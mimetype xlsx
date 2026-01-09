--- v1 (2025-11-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8efdf987bd04aec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92346c3a2b8d4d8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338e3402b6fb4b54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab7bd61d287a4698"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bd5c7663d4d41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338e3402b6fb4b54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f7f7687e8047fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab7bd61d287a4698" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core Euro Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1437018598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>49,730</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>49,782</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>