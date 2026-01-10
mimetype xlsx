--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92346c3a2b8d4d8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ebb700ac71418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab7bd61d287a4698"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a95725f6e984064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f7f7687e8047fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab7bd61d287a4698" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75bd4150778e4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a95725f6e984064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core Euro Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1437018598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>