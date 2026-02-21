--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ebb700ac71418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55f85ad58c7c475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a95725f6e984064"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a00f8afc11438d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75bd4150778e4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a95725f6e984064" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976568ed961f4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a00f8afc11438d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core Euro Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1437018598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>49,595</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>