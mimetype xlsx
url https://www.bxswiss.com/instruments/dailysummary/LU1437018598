--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55f85ad58c7c475c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9449428080417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9a00f8afc11438d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98fdc17894b74bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976568ed961f4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9a00f8afc11438d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra310096c4d824ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98fdc17894b74bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Core Euro Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1437018598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,741</x:t>
-[...360 lines deleted...]
-          <x:t>50,262</x:t>
+          <x:t>49,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>