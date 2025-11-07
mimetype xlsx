--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d541c6e6c99431d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R602f181a3cc94bbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra637db5be6684126"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R521560ea112e4dde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R195f280965524ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra637db5be6684126" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5fcfcd7dfe4886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R521560ea112e4dde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Japan Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419779118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.487,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.642,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.487,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.642,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.335,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.452,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.335,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.340,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.075,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.000,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.150,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.845,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.060,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.840,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.060,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.757,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.757,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.945,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.820,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.945,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.860,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.860,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.767,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.767,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.900,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.900,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.960,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.477,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.477,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.477,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.477,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.372,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.267,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.342,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.232,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.417,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.477,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.412,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.412,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.760,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.760,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.770,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.675,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.770,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.487,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.487,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.332,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.060,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.312,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.060,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.312,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.522,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.272,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.462,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>