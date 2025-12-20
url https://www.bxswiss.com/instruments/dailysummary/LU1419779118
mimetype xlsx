--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R602f181a3cc94bbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R712cf00238fc4313" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R521560ea112e4dde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R554b994e03044e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5fcfcd7dfe4886" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R521560ea112e4dde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7605bd9da14e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R554b994e03044e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Japan Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419779118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.777,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.845,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.060,000</x:t>
-[...232 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>30.687,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.687,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.925,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.802,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.925,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.322,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.382,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.095,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.287,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.967,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.095,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.377,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.282,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.377,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.045,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.140,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.770,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.835,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.770,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.835,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.835,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.895,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.950,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.950,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.950,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.950,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.552,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.582,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.487,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.487,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.622,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.780,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.622,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.780,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.592,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.592,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.402,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.402,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.252,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.252,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.092,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.252,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.900,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.900,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.900,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.060,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.060,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.060,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.060,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.082,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.177,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.082,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.082,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.035,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.035,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.825,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>31.950,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>31.825,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.760,000</x:t>
-[...112 lines deleted...]
-          <x:t>31.462,500</x:t>
+          <x:t>31.950,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.467,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.467,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.975,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.207,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.495,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.535,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.910,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.910,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.910,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.910,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.950,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.950,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.850,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.910,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.830,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.830,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.172,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.172,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>