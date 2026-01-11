--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R712cf00238fc4313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d16684c0d004afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R554b994e03044e47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b1ceacb5164f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7605bd9da14e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R554b994e03044e47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7f9ec660624e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b1ceacb5164f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Japan Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419779118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.035,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.035,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.825,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.950,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>31.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>31.950,000</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.467,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.467,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.975,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.207,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.495,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.535,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.910,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.910,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.910,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.910,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.950,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.950,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.850,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.910,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.735,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.830,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.735,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.830,000</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32.107,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32.172,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32.107,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32.172,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.242,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.242,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.242,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.242,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.392,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.392,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.392,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.392,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.317,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.317,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.232,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.892,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.995,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.892,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32.995,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.590,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.590,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.355,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.257,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.017,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.082,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.017,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.082,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.262,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.395,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.262,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.395,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>