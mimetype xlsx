--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d16684c0d004afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97abb5b8c6f94672" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b1ceacb5164f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb87f9b6f6e48dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e7f9ec660624e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b1ceacb5164f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra30f8af5345f4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb87f9b6f6e48dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Japan Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419779118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>33.395,000</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.992,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.992,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.200,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.235,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.300,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.235,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.300,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.295,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.295,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.195,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.195,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.445,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.445,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.730,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.730,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.490,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.490,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.610,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.505,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.620,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.620,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.277,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.277,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.942,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.735,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.942,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.532,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.807,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.532,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.807,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.462,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.462,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.787,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.787,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.787,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.787,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.687,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.687,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.560,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.565,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.037,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.532,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.037,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.532,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.890,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.670,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.670,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.777,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.592,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.895,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.642,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.642,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.420,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.642,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.222,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.410,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.222,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.410,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.860,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.860,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.692,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.692,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.562,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.562,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.985,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.387,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.327,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.327,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>