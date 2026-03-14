--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97abb5b8c6f94672" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R904b187fef894ed7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb87f9b6f6e48dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28fa34ed92404eb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra30f8af5345f4356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb87f9b6f6e48dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4dcae0f7b7c4f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28fa34ed92404eb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Japan Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419779118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>34.235,000</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.777,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.592,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.895,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.895,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.642,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.642,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.420,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.642,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.222,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.410,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.222,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.410,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.865,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.860,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.860,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.692,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.692,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.562,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.562,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.985,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.985,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.387,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.327,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.327,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.960,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.960,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.070,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.070,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.377,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.557,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.377,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.557,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.710,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.825,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.567,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37.257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37.332,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37.112,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37.112,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.597,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.597,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.342,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36.487,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.415,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.415,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.690,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.800,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.437,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.957,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.437,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.945,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.927,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.035,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.752,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.822,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.085,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35.085,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.447,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.447,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.977,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.740,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33.977,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.932,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.657,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.922,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.922,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.642,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.642,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.612,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.647,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.265,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.265,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34.195,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34.300,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34.235,000</x:t>
+          <x:t>34.195,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34.300,000</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>36.327,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>