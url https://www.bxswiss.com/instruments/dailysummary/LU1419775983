--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re527779395c14196" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red9a025bb4894889" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb437c6e6a7094ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbd50134b074c61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd17f10d9bb3b49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb437c6e6a7094ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1733fcadc8454307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbd50134b074c61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EM Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419775983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,300</x:t>
-[...43 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>196,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>198,300</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>198,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>200,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>