--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red9a025bb4894889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46856ba94c4845dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbd50134b074c61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1625ab9c2984b44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1733fcadc8454307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbd50134b074c61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa81eda5f4c64831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1625ab9c2984b44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EM Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419775983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>198,350</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>200,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,200</x:t>
-[...11 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>201,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,000</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>203,550</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>206,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>