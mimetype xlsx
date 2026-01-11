--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46856ba94c4845dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f088a33c8c4865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1625ab9c2984b44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2957842db994296"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa81eda5f4c64831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1625ab9c2984b44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f79f83600f345dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2957842db994296" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EM Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419775983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>202,550</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,350</x:t>
-[...11 lines deleted...]
-          <x:t>201,850</x:t>
+          <x:t>201,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>26.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,900</x:t>
-[...26 lines deleted...]
-          <x:t>203,450</x:t>
+          <x:t>202,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>206,400</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>205,850</x:t>
-[...124 lines deleted...]
-          <x:t>206,775</x:t>
+          <x:t>205,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,300</x:t>
-[...134 lines deleted...]
-          <x:t>203,550</x:t>
+          <x:t>206,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>