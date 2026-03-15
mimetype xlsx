--- v3 (2026-01-11)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f088a33c8c4865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60473e1bc1814686" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2957842db994296"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aa801621e614e0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f79f83600f345dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2957842db994296" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c0b7ae6c97f4713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aa801621e614e0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EM Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419775983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>216,125</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>