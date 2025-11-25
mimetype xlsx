--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bb350f9ea7c4976" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23908b8a4aa24ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd165a28c209d4d50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c19e9708b534cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58a3989936db4dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd165a28c209d4d50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa7e15ed128c4c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c19e9708b534cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Pacific ex Japan Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419772022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>195,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,900</x:t>
-[...53 lines deleted...]
-          <x:t>195,150</x:t>
+          <x:t>195,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>194,025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,275</x:t>
-[...48 lines deleted...]
-          <x:t>192,775</x:t>
+          <x:t>192,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>192,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>