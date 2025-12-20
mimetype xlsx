--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23908b8a4aa24ee1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff50dbbb2f04e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c19e9708b534cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13792c852d5e4295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa7e15ed128c4c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c19e9708b534cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c6d17064af14277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13792c852d5e4295" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Pacific ex Japan Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419772022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>194,950</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>194,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,525</x:t>
-[...70 lines deleted...]
-          <x:t>194,150</x:t>
+          <x:t>192,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,725</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,925</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>188,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>