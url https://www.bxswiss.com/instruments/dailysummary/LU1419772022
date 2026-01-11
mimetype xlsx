--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff50dbbb2f04e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2721384097ae4ba3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13792c852d5e4295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd4dfb1180b247fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c6d17064af14277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13792c852d5e4295" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfffc1286fb134f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd4dfb1180b247fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Pacific ex Japan Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419772022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>191,025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,825</x:t>
-[...188 lines deleted...]
-          <x:t>191,675</x:t>
+          <x:t>191,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>192,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>