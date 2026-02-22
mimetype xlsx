--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2721384097ae4ba3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc96bc3fa97324cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd4dfb1180b247fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f9765c41e241f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfffc1286fb134f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd4dfb1180b247fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64baeca524c34d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f9765c41e241f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI Pacific ex Japan Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419772022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>197,350</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>