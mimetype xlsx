--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf918276409e245da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6facd43d07a47b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ed45b70f6c497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8adfbd87e0334c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc03536f8644226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ed45b70f6c497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re484c452375c4fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8adfbd87e0334c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419770166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>235,425</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>234,575</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>237,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,725</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>