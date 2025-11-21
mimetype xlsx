--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6facd43d07a47b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e57ca046dd34953" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8adfbd87e0334c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d271157ba5b4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re484c452375c4fea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8adfbd87e0334c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7aeb57004b04cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d271157ba5b4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419770166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>236,775</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>236,275</x:t>
-[...43 lines deleted...]
-          <x:t>236,875</x:t>
+          <x:t>238,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>236,875</x:t>
-[...200 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>236,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,575</x:t>
-        </x:is>
-[...364 lines deleted...]
-          <x:t>244,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>