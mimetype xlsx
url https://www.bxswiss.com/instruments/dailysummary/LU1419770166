--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e57ca046dd34953" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27117b7ca6024e0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d271157ba5b4335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d784296c5f248c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7aeb57004b04cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d271157ba5b4335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaf36e083f3b458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d784296c5f248c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419770166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>244,450</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>244,250</x:t>
+          <x:t>246,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>29.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>246,100</x:t>
-[...247 lines deleted...]
-          <x:t>244,350</x:t>
+          <x:t>247,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>247,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>239,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>