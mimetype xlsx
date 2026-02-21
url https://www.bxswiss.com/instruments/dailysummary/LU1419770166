--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27117b7ca6024e0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d4afc6efa234785" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d784296c5f248c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dce71b022704f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaf36e083f3b458b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d784296c5f248c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988828d6f8e54e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dce71b022704f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419770166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>256,150</x:t>
+          <x:t>256,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>255,800</x:t>
-[...33 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>254,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>256,200</x:t>
-[...36 lines deleted...]
-          <x:t>258,075</x:t>
+          <x:t>256,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>