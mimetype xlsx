--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d4afc6efa234785" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66738fb0d8d4a1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dce71b022704f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e68ff3ee06f47cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988828d6f8e54e09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dce71b022704f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7eea9b507e4d9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e68ff3ee06f47cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419770166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>258,875</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>256,275</x:t>
-[...26 lines deleted...]
-          <x:t>254,250</x:t>
+          <x:t>261,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>265,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>