--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4903318b74364a33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0529c1404eb74163" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc10e3045945641c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30260ac21e02469c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef414a0e9c04ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc10e3045945641c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R567dbd418ac04ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30260ac21e02469c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Small Cap Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419769408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>201,250</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,800</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,750</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,350</x:t>
-[...16 lines deleted...]
-          <x:t>203,250</x:t>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,800</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,450</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,750</x:t>
-[...38 lines deleted...]
-          <x:t>202,400</x:t>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,900</x:t>
-[...65 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>199,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,450</x:t>
-[...183 lines deleted...]
-          <x:t>203,100</x:t>
+          <x:t>204,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,100</x:t>
-[...38 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>205,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>207,925</x:t>
-[...16 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>207,775</x:t>
+          <x:t>207,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,225</x:t>
-        </x:is>
-[...57 lines deleted...]
-          <x:t>206,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>