--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0529c1404eb74163" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54537370f444430a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30260ac21e02469c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff27aa4491f5453f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R567dbd418ac04ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30260ac21e02469c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6f3468eafe24e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff27aa4491f5453f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Small Cap Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419769408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>202,500</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>203,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>203,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,100</x:t>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>206,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,350</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>207,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,875</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,375</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>206,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,900</x:t>
-[...166 lines deleted...]
-          <x:t>206,225</x:t>
+          <x:t>207,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>