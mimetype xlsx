--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54537370f444430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73240ae9d014af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff27aa4491f5453f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf662612929434a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6f3468eafe24e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff27aa4491f5453f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bd3991359644300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf662612929434a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Small Cap Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419769408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>207,875</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>