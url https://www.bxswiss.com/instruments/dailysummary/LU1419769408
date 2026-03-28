--- v3 (2026-02-22)
+++ v4 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73240ae9d014af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9073c19683c44b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf662612929434a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd371cc2d13c04f92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bd3991359644300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf662612929434a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R349825da179941d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd371cc2d13c04f92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Lux) FS II - MSCI EMU Small Cap Index AC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1419769408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...544 lines deleted...]
-          <x:t>222,450</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,050</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>224,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>