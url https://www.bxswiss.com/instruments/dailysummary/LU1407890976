--- v0 (2025-10-04)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f428d862674912" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4f6be0c5f544a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26899ee0caeb4811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69071c4ecaa54490"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R198b8ee7eb114075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26899ee0caeb4811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d7fc8000fa946b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69071c4ecaa54490" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...619 lines deleted...]
-        <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>