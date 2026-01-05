--- v1 (2025-11-04)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4f6be0c5f544a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2fb9e5aae044702" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69071c4ecaa54490"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R925db3a22ef14989"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d7fc8000fa946b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69071c4ecaa54490" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bfba7673efb462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R925db3a22ef14989" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>64,898</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>