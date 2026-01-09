--- v2 (2026-01-05)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2fb9e5aae044702" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5167a154ee0b4c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R925db3a22ef14989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe3b7af509f4545"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bfba7673efb462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R925db3a22ef14989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51248047510c4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe3b7af509f4545" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +521,139 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>