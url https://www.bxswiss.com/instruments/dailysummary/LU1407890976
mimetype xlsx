--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5167a154ee0b4c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13c719fd030e4fa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe3b7af509f4545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf66ba1ea0834f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51248047510c4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe3b7af509f4545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9255668fd04064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf66ba1ea0834f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>61,452</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,172</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>61,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>