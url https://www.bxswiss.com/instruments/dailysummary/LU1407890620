--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c90a287bd044cdf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R585b229e008343a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f314beedb9b44b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb0e63c29eee4e11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd3ef065124489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f314beedb9b44b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031705de66fc45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb0e63c29eee4e11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>106,203</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,189</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>105,362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,806</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>