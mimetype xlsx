--- v1 (2025-11-01)
+++ v2 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R585b229e008343a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R990947564a2844cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb0e63c29eee4e11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68fa902e6f8a4538"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031705de66fc45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb0e63c29eee4e11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4dbb7866c04a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68fa902e6f8a4538" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,806</x:t>
-[...630 lines deleted...]
-          <x:t>106,440</x:t>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>