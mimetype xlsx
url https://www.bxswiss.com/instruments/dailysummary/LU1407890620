--- v2 (2025-11-25)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R990947564a2844cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra953ba566a824fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68fa902e6f8a4538"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reee7f8995e67441d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4dbb7866c04a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68fa902e6f8a4538" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267175d95e4246ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reee7f8995e67441d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>