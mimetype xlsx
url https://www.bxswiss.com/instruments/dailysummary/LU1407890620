--- v3 (2025-12-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra953ba566a824fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790ab9f5be614537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reee7f8995e67441d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309b14e30c4e4379"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267175d95e4246ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reee7f8995e67441d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3968af8b4924cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309b14e30c4e4379" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...554 lines deleted...]
-          <x:t>100,876</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,147</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...46 lines deleted...]
-          <x:t>101,474</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>