--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790ab9f5be614537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fcc97599e3f4e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R309b14e30c4e4379"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c20bbeba82d49eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3968af8b4924cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R309b14e30c4e4379" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd68e8988e00e4c6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c20bbeba82d49eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond Long Dated UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407890620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>