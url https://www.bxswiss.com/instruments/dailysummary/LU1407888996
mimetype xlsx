--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61ad5b2c2914b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc21ead8c17f64a5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc03f9d70a5d64bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f7bd64ea8ed4298"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cfdf44d1e464708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc03f9d70a5d64bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08bbd29d842f4caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f7bd64ea8ed4298" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 3-7Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>89,334</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,874</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>89,886</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>