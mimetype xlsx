--- v1 (2025-10-31)
+++ v2 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc21ead8c17f64a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba8eec52753a423e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f7bd64ea8ed4298"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ec872f05684fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08bbd29d842f4caa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f7bd64ea8ed4298" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb70f14e929e401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ec872f05684fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 3-7Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>90,217</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,801</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...30 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,799</x:t>
@@ -791,31 +278,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>