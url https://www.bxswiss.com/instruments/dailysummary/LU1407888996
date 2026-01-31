--- v2 (2025-11-25)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba8eec52753a423e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfdac3c380e54faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ec872f05684fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ee7dcbf53e425a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb70f14e929e401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ec872f05684fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc128a0d8b644c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ee7dcbf53e425a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 3-7Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>91,408</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>