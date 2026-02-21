--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfdac3c380e54faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4022c193f3c94c2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ee7dcbf53e425a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d47d24c6b14bd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc128a0d8b644c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ee7dcbf53e425a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra043b3af33d04e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d47d24c6b14bd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 3-7Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>