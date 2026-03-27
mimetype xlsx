--- v4 (2026-02-21)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4022c193f3c94c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba562acc34441d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d47d24c6b14bd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402eb7f203a74115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra043b3af33d04e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d47d24c6b14bd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8cf5ecffdb4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402eb7f203a74115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 3-7Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,651</x:t>
-[...549 lines deleted...]
-          <x:t>85,642</x:t>
+          <x:t>86,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>