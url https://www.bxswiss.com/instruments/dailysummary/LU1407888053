--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e50c4d74e840bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a4d89774801470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3ac04d2ca04b8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6434187112444995"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R837e68ae55c24c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3ac04d2ca04b8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815f77308a9442a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6434187112444995" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 7-10Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>71,735</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>71,972</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>