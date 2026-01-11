--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a4d89774801470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f15fa51b241455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6434187112444995"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda24d4b8d0f429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815f77308a9442a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6434187112444995" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ffe174d86cb4979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda24d4b8d0f429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 7-10Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>72,964</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>