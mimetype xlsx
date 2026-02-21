--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f15fa51b241455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9627468cebe341d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda24d4b8d0f429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21dea152787944af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ffe174d86cb4979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda24d4b8d0f429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cfde21c078f403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21dea152787944af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 7-10Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>69,215</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>