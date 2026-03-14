--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9627468cebe341d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6cbf5fe745949fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21dea152787944af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a1f2d638e54d8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cfde21c078f403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21dea152787944af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3833560573fb4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a1f2d638e54d8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 7-10Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407888053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,547</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>