--- v0 (2025-10-09)
+++ v1 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a61760388514043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a91a5fdcfea4322" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5367a78c304708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3beff323e8324dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6420e3c3af294c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5367a78c304708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ac03705775648f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3beff323e8324dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 7-10Y UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407887915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>219,966</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>