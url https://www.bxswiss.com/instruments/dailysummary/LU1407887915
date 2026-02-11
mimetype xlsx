--- v1 (2025-12-31)
+++ v2 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a91a5fdcfea4322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c52e6cdd2b4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3beff323e8324dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6279c77584714bbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ac03705775648f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3beff323e8324dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R207a35ae9bd942bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6279c77584714bbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 7-10Y UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407887915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>222,646</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>222,471</x:t>
-[...350 lines deleted...]
-          <x:t>218,690</x:t>
+          <x:t>219,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>