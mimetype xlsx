--- v2 (2026-02-11)
+++ v3 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c52e6cdd2b4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d3d3e635ab48e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6279c77584714bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ad232951c0e48f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R207a35ae9bd942bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6279c77584714bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5498a062d52e4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ad232951c0e48f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 7-10Y UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407887915</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>213,172</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>