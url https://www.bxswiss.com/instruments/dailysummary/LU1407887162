--- v0 (2025-10-22)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5728f72b786a48ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27db9972df61480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a5b8afa6184300"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48732ab861e24a5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab5efe4fe6204dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a5b8afa6184300" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6ff091e44fc4cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48732ab861e24a5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 1-3Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407887162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,312</x:t>
-[...4 lines deleted...]
-          <x:t>81,506</x:t>
+          <x:t>81,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>81,976</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,084</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>83,007</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,420</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>82,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>