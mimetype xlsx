--- v1 (2025-11-13)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27db9972df61480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a750269af44483" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48732ab861e24a5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0568d20cabed4419"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6ff091e44fc4cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48732ab861e24a5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a846cb248c4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0568d20cabed4419" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 1-3Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407887162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>82,420</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>