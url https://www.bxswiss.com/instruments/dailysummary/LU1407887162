--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a750269af44483" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4be88ad247034c6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0568d20cabed4419"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766db93f5b974330"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a846cb248c4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0568d20cabed4419" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43dca88672b94a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766db93f5b974330" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 1-3Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407887162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>