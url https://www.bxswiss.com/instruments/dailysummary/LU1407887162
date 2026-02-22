--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4be88ad247034c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e524b5eb53c49c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766db93f5b974330"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9afb87c999c43e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43dca88672b94a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766db93f5b974330" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b23ba74277c4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9afb87c999c43e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 1-3Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407887162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>80,895</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>