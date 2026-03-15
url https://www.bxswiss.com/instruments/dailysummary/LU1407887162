--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e524b5eb53c49c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d0f434e68b4c2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9afb87c999c43e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ab87cdb743480d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b23ba74277c4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9afb87c999c43e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3b753a1c5914aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ab87cdb743480d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Treasury Bond 1-3Y UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1407887162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>77,453</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,453</x:t>
-[...258 lines deleted...]
-        <x:is>
           <x:t>78,116</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>78,642</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>