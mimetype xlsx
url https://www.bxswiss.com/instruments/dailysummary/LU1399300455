--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d71da201364e9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dcaea14d51b4855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19f74ab93676485c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aee4a4451f447fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2f7dd904b2947e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19f74ab93676485c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ded048966f435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aee4a4451f447fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 2D EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1399300455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,398</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>87,102</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,577</x:t>
-[...16 lines deleted...]
-          <x:t>86,462</x:t>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,374</x:t>
-[...512 lines deleted...]
-          <x:t>86,437</x:t>
+          <x:t>86,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>