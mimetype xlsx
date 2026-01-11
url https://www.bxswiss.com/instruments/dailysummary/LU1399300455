--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dcaea14d51b4855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1980e6722d834828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aee4a4451f447fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf25a87508657421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ded048966f435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aee4a4451f447fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05270742e4f548ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf25a87508657421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 2D EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1399300455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>86,270</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>