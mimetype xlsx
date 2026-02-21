--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1980e6722d834828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0b3a041304450d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf25a87508657421b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb142c7ae61be4b55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05270742e4f548ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf25a87508657421b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a80dd81b6f0474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb142c7ae61be4b55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 2D EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1399300455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>