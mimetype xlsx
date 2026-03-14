--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e0b3a041304450d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R488532b8eecf4b93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb142c7ae61be4b55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re69b849d50f6420f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a80dd81b6f0474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb142c7ae61be4b55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab1d8fbb4cb445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re69b849d50f6420f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II US Treasuries UCITS ETF 2D EUR Hedged</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1399300455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>85,099</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,017</x:t>
-[...124 lines deleted...]
-          <x:t>84,485</x:t>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,896</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>83,922</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>