--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0f2c227ec54cbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd093d605c104ce6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74f110c871b4449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31365736b9b84e0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2f5598456ef4c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74f110c871b4449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a4bdf59ada4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31365736b9b84e0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Inflation Expectations 10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>107,810</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,614</x:t>
-[...382 lines deleted...]
-          <x:t>109,380</x:t>
+          <x:t>107,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>