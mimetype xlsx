--- v1 (2025-11-04)
+++ v2 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd093d605c104ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf595a51d288d49e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31365736b9b84e0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36aadbab36484b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a4bdf59ada4954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31365736b9b84e0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd970b29e50c344c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36aadbab36484b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Inflation Expectations 10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...544 lines deleted...]
-          <x:t>108,956</x:t>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,792</x:t>
-[...31 lines deleted...]
-          <x:t>109,918</x:t>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>