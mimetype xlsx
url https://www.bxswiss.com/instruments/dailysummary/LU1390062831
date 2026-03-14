--- v2 (2026-02-14)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf595a51d288d49e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb045e1a10145d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36aadbab36484b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7469a235677402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd970b29e50c344c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36aadbab36484b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d1912b72c214349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7469a235677402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi US Inflation Expectations 10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...485 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,517</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>104,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>