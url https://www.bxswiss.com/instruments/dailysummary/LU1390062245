--- v0 (2025-10-08)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f4f5f32d7349ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa32fea0a45a4813" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9113eef47351439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5e5c1a796424c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1524b2c1fe8548e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9113eef47351439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8068789e6fa149b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5e5c1a796424c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Inflation Expectations 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>108,989</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,578</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>108,606</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>