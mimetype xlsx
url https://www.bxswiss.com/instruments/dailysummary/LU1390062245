--- v1 (2025-11-13)
+++ v2 (2025-12-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa32fea0a45a4813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce62ea753a44b80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5e5c1a796424c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b25791ff269457a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8068789e6fa149b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5e5c1a796424c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8704e2164f384493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b25791ff269457a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Inflation Expectations 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>107,870</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>