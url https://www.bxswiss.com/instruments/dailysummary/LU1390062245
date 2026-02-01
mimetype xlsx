--- v2 (2025-12-23)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ce62ea753a44b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc0f7584645049bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b25791ff269457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a31f86b1f7417e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8704e2164f384493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b25791ff269457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8e8ee844dc4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a31f86b1f7417e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Inflation Expectations 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>108,833</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>