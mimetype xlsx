--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc0f7584645049bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15f0e6828a3841de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a31f86b1f7417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23982db28e74eee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb8e8ee844dc4c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a31f86b1f7417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d347072026d44d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23982db28e74eee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Inflation Expectations 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,441 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>108,577</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,827</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,307</x:t>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>