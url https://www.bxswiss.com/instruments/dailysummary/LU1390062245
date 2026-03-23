--- v4 (2026-02-22)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15f0e6828a3841de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R719e0c6e03a249e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23982db28e74eee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1730241ab6c149cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d347072026d44d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23982db28e74eee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e14b018239343ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1730241ab6c149cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Inflation Expectations 2-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1390062245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>107,271</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,392</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>106,886</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>