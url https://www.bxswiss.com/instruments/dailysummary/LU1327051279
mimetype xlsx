--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1910740694314c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38dfaffd78724e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ad19ba8b324684"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b1a68a9f4c4b21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6608f6fc73eb4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ad19ba8b324684" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b33acfd16c4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b1a68a9f4c4b21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI USA Daily (-1x) Inverse UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1327051279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>4,702</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,738</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,719</x:t>
-[...124 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,624</x:t>
-[...124 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,569</x:t>
-[...4 lines deleted...]
-          <x:t>4,556</x:t>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,604</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>4,610</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>