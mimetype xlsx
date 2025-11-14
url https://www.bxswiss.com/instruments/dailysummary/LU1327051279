--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38dfaffd78724e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1866569b4be480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b1a68a9f4c4b21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dd4200dee7e4b0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b33acfd16c4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b1a68a9f4c4b21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19149f1f0984391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dd4200dee7e4b0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI USA Daily (-1x) Inverse UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1327051279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,569</x:t>
-[...4 lines deleted...]
-          <x:t>4,556</x:t>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,566</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>24.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,584</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>4,686</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,677</x:t>
-[...6 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,670</x:t>
-[...188 lines deleted...]
-          <x:t>4,596</x:t>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,590</x:t>
-[...323 lines deleted...]
-          <x:t>4,589</x:t>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>