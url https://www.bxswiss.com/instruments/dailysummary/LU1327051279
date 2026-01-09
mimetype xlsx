--- v2 (2025-11-14)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1866569b4be480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12141ad5866a4175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dd4200dee7e4b0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96acd124f0b4cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19149f1f0984391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dd4200dee7e4b0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84fec991cf14289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96acd124f0b4cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI USA Daily (-1x) Inverse UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1327051279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>4,591</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,609</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,580</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>4,601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>4,571</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,517</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,533</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>4,548</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>