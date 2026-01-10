--- v3 (2026-01-09)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12141ad5866a4175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b424ac7b7f42af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96acd124f0b4cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe642529d3224873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84fec991cf14289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96acd124f0b4cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee613a6ca0b4831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe642529d3224873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI USA Daily (-1x) Inverse UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1327051279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,613</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,548</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>4,587</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,608</x:t>
-[...31 lines deleted...]
-          <x:t>4,514</x:t>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,526</x:t>
-        </x:is>
-[...376 lines deleted...]
-          <x:t>4,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>