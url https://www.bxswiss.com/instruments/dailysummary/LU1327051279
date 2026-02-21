--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b424ac7b7f42af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03e40e9c5814a5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe642529d3224873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d368b1e2124636"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee613a6ca0b4831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe642529d3224873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fa5b464544f4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d368b1e2124636" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI USA Daily (-1x) Inverse UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1327051279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,608</x:t>
-[...232 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,513</x:t>
-[...198 lines deleted...]
-          <x:t>4,526</x:t>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>