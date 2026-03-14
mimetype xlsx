--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03e40e9c5814a5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8ce28bdc0f640bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d368b1e2124636"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23fb74092ffa46f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fa5b464544f4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d368b1e2124636" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0ff66cb015c4e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23fb74092ffa46f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI USA Daily (-1x) Inverse UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1327051279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>4,574</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,545</x:t>
-[...598 lines deleted...]
-          <x:t>4,461</x:t>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>