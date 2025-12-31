--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096696d6380845ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d51de40f2ce4ff5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0543a34e84841bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854ec79e0ffd49c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fecc122fcfe460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0543a34e84841bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2231f32b430a404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854ec79e0ffd49c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg USD Emerging Markets Sovereign UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1324516720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>11,391</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,362</x:t>
-[...134 lines deleted...]
-          <x:t>11,448</x:t>
+          <x:t>11,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,513</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>11,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,548</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>11,494</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,527</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>11,499</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>