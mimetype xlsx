--- v1 (2025-12-31)
+++ v2 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d51de40f2ce4ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc321f98ce14040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854ec79e0ffd49c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f38416dd6b944cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2231f32b430a404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854ec79e0ffd49c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b827c8b32514bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f38416dd6b944cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg USD Emerging Markets Sovereign UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1324516720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,550</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,594</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>11,488</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,472</x:t>
-[...97 lines deleted...]
-          <x:t>11,540</x:t>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,523</x:t>
-[...92 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,632</x:t>
-[...4 lines deleted...]
-          <x:t>11,527</x:t>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>11,590</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>