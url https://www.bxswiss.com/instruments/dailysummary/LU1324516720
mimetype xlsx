--- v2 (2026-02-12)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc321f98ce14040" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e0d92cd4c24341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f38416dd6b944cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cf0ef306da04be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b827c8b32514bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f38416dd6b944cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd88bb7b34aa4045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cf0ef306da04be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg USD Emerging Markets Sovereign UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1324516720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>11,596</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,549</x:t>
-[...490 lines deleted...]
-          <x:t>11,686</x:t>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>