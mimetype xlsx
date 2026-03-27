--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e0d92cd4c24341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94b05401d89426e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cf0ef306da04be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1855bb9b6ee94c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd88bb7b34aa4045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cf0ef306da04be2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R316e9fae814548ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1855bb9b6ee94c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg USD Emerging Markets Sovereign UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1324516720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,663</x:t>
-[...598 lines deleted...]
-          <x:t>11,529</x:t>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>