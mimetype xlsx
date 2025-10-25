--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c8b785a40d4632" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c458bbb54d4744" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13fbeac9ad024712"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7631e82bae334068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf039e1229ad442ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13fbeac9ad024712" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3042b13cf9814194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7631e82bae334068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF (hedged to EUR) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1324510525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>9,155</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,128</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>9,166</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>9,158</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,106</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>9,113</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,127</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>9,074</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>9,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,135</x:t>
-[...70 lines deleted...]
-          <x:t>9,118</x:t>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,112</x:t>
-[...134 lines deleted...]
-          <x:t>9,130</x:t>
+          <x:t>9,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>