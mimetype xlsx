--- v1 (2025-10-25)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c458bbb54d4744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf761a66b514c3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7631e82bae334068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3cff8de1fea4755"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3042b13cf9814194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7631e82bae334068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a0db8fc1c24c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3cff8de1fea4755" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF (hedged to EUR) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1324510525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,175</x:t>
-[...26 lines deleted...]
-          <x:t>9,149</x:t>
+          <x:t>9,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,118</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>9,117</x:t>
-        </x:is>
-[...462 lines deleted...]
-          <x:t>9,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>