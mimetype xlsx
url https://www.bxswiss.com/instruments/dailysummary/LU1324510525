--- v2 (2025-12-25)
+++ v3 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf761a66b514c3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f7094b722214324" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3cff8de1fea4755"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde28e1dc3fc74b2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a0db8fc1c24c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3cff8de1fea4755" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320d6a0131044376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde28e1dc3fc74b2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF (hedged to EUR) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1324510525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,144</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,132</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>9,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>9,196</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,142</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>9,117</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>