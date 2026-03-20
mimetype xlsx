--- v3 (2026-02-08)
+++ v4 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f7094b722214324" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc996e7333d464fff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde28e1dc3fc74b2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804e84130a2a49f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320d6a0131044376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde28e1dc3fc74b2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5540ff4f7e534dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804e84130a2a49f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Bloomberg US 1-3 Year Treasury Bond UCITS ETF (hedged to EUR) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1324510525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>9,017</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>