--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5b1631dbae4eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb392c3d0bd3943a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7568bf8acea14964"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea67bdf1a4e413d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4251013abe84415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7568bf8acea14964" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc52466128b604ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea67bdf1a4e413d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LongRun Equity Fund SICAV USD CIAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1302865933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.454,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.458,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.429,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.445,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.444,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.461,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.441,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.443,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.462,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.488,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.459,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.466,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.419,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.437,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.415,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.435,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.453,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.483,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.448,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.482,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.484,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.488,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.464,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.464,000</x:t>
-[...75 lines deleted...]
-          <x:t>2.475,000</x:t>
+          <x:t>2.483,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.506,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.524,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.504,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.523,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.522,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.523,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.503,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.504,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.506,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.515,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.505,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.510,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.496,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.503,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.499,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.513,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.499,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.516,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.506,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.514,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.522,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.532,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.521,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.527,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.532,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.533,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.518,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.519,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.522,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.530,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.516,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.519,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.519,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.520,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.506,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.493,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.500,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.503,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.493,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.500,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.516,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.526,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.497,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.529,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.523,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.510,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.495,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.498,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.489,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.493,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.520,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.484,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.457,000</x:t>
-[...242 lines deleted...]
-          <x:t>2.504,000</x:t>
+          <x:t>2.517,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.515,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.526,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>2.547,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.526,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>