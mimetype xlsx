--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb392c3d0bd3943a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd597efc1e64245d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcea67bdf1a4e413d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa39efc8bd854f5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc52466128b604ee9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcea67bdf1a4e413d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33685f3c0b542f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa39efc8bd854f5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LongRun Equity Fund SICAV USD CIAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1302865933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.493,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.500,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.503,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.493,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.500,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.516,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.526,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.497,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.529,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.523,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.507,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.510,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.495,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.498,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.501,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.489,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.493,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.485,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.520,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.484,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.488,000</x:t>
-[...75 lines deleted...]
-          <x:t>2.506,000</x:t>
+          <x:t>2.517,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.515,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.505,000</x:t>
-[...151 lines deleted...]
-          <x:t>2.522,500</x:t>
+          <x:t>2.526,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.509,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.526,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.535,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.538,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.530,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.516,500</x:t>
-[...247 lines deleted...]
-          <x:t>2.526,500</x:t>
+          <x:t>2.537,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.541,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.550,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.541,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.549,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.549,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.549,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.540,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.541,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.542,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.546,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.542,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.545,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.546,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.563,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.545,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.563,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.566,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.578,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.562,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.573,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.579,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.601,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.579,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.598,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.589,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.599,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.602,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.613,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.600,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.611,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>