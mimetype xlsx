--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd597efc1e64245d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4ae04536a44723" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa39efc8bd854f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R135e1a00ad514d86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd33685f3c0b542f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa39efc8bd854f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7754559d06534c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R135e1a00ad514d86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LongRun Equity Fund SICAV USD CIAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1302865933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.581,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.553,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.563,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.544,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.552,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.529,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.549,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.561,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.580,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.561,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.577,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.577,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.578,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.560,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.569,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.572,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.586,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.568,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.584,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.588,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.601,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.587,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.600,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.605,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.605,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.573,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.574,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.582,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.583,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.537,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.546,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.562,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.505,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.484,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.512,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.484,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.511,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.525,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.525,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.501,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.501,000</x:t>
-[...441 lines deleted...]
-          <x:t>2.611,500</x:t>
+          <x:t>2.502,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.502,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.405,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.410,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.403,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.412,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.376,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.372,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.370,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.396,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.414,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.415,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.375,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.392,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.396,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.397,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.386,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.389,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.356,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.364,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.372,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.372,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.319,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.310,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.326,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.307,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.323,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.338,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.318,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.337,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.329,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.339,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.318,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.336,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.342,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.350,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.321,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.337,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.333,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.352,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.349,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.349,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.344,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.357,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>