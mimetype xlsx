--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4ae04536a44723" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6a6d108536443d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R135e1a00ad514d86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8422c52dd893435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7754559d06534c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R135e1a00ad514d86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2893f086f0cb42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8422c52dd893435d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LongRun Equity Fund SICAV USD CIAC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1302865933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>2.412,000</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.396,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.397,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.386,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.389,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.387,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.356,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.364,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.372,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.372,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.319,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.310,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.326,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.307,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.323,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.338,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.318,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.337,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.329,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.339,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.318,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.336,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.342,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.350,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.321,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.337,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.333,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.352,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.349,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.349,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.365,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.376,500</x:t>
-[...43 lines deleted...]
-          <x:t>2.415,000</x:t>
+          <x:t>2.344,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.357,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.359,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.371,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.345,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.351,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.349,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.352,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.324,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.341,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.347,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.370,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.346,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.370,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.375,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.392,500</x:t>
-[...87 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>2.389,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.365,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.377,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.383,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.384,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.371,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.381,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.354,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.384,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.353,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.378,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.364,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.364,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.310,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.326,000</x:t>
-[...58 lines deleted...]
-          <x:t>2.318,500</x:t>
+          <x:t>2.331,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.336,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>18.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.379,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.334,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.374,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.371,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.382,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.357,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.357,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.369,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.370,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.336,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.351,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.312,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.311,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.348,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.386,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.388,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.363,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.380,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.368,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.369,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.342,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2.350,500</x:t>
-[...63 lines deleted...]
-          <x:t>2.357,500</x:t>
+          <x:t>2.345,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.342,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.346,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.307,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.315,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.298,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.323,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.285,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.287,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>