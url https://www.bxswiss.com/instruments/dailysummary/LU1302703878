--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R127580e1cc734590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ad9289425e4866" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe49877d0974367"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fe9aac082094f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra139c5f246874e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe49877d0974367" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8cda5690b344c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fe9aac082094f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1302703878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>