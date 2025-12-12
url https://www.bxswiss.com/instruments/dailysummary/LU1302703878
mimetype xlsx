--- v1 (2025-10-29)
+++ v2 (2025-12-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ad9289425e4866" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf3c3d42858049e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fe9aac082094f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd966378da440b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8cda5690b344c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fe9aac082094f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f5078dff85240b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd966378da440b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1302703878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>252,911</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>252,300</x:t>
-[...139 lines deleted...]
-          <x:t>258,475</x:t>
+          <x:t>254,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>