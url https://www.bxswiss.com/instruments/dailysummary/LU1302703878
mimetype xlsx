--- v2 (2025-12-12)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf3c3d42858049e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262d200bc51446f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd966378da440b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a2ae602c23a4d4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f5078dff85240b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd966378da440b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b26d9e9e16944ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a2ae602c23a4d4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1302703878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>257,303</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>254,080</x:t>
-[...372 lines deleted...]
-          <x:t>254,177</x:t>
+          <x:t>254,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,887</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>254,014</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>