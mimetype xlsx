--- v3 (2026-01-01)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262d200bc51446f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf80505149a3c44d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a2ae602c23a4d4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a50961712b54f79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b26d9e9e16944ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a2ae602c23a4d4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c52b3fd2fd4c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a50961712b54f79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1302703878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>255,943</x:t>
-[...70 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>249,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>257,450</x:t>
-[...414 lines deleted...]
-          <x:t>255,144</x:t>
+          <x:t>256,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>