--- v4 (2026-02-10)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf80505149a3c44d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7215adf98e214825" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a50961712b54f79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6493c4d7e8224b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c52b3fd2fd4c4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a50961712b54f79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e7a1b5efc34241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6493c4d7e8224b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1302703878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>256,647</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>