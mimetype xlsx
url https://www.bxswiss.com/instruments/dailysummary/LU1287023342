--- v0 (2025-10-27)
+++ v1 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re129fe8366124d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8424c3f66e84ae7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbda84653cd64425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ca7eff071545b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eef962384564570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbda84653cd64425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541e463e9cf2483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ca7eff071545b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>117,705</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>