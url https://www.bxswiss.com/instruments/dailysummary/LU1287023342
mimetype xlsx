--- v1 (2026-02-27)
+++ v2 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8424c3f66e84ae7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c5a6df1c954bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ca7eff071545b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998384a575d24291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541e463e9cf2483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ca7eff071545b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ebe240704f045a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998384a575d24291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Highest Rated Macro-Weighted Government Bond UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>