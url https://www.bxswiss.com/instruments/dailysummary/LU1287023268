--- v0 (2025-10-31)
+++ v1 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1bb8bc7a88b41b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a69d11ccd4c4753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf37ac72f842b4085"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red8afece4aff4f82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3503e243f504b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf37ac72f842b4085" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b8a82e12872458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red8afece4aff4f82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 15+Y   UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>179,384</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>