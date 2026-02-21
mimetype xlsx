--- v1 (2026-01-02)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a69d11ccd4c4753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2956b041cbce48ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red8afece4aff4f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08eac642ffaf4f9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b8a82e12872458e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red8afece4aff4f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf47efc085646dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08eac642ffaf4f9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 15+Y   UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,569</x:t>
-[...387 lines deleted...]
-          <x:t>174,710</x:t>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>