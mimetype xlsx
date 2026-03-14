--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2956b041cbce48ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R686d0209917748e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08eac642ffaf4f9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra667f14367b14995"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf47efc085646dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08eac642ffaf4f9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa98d23f4a7141da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra667f14367b14995" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 15+Y   UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>