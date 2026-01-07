--- v0 (2025-10-12)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6505d569463f4a9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86d16182353141ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ebf5e9f14c8464e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf7672d16554190"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb5ef1159e84fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ebf5e9f14c8464e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c4d3c90dfb44186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf7672d16554190" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 7-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>169,040</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>168,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>168,367</x:t>
-[...183 lines deleted...]
-          <x:t>169,152</x:t>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,137</x:t>
-[...161 lines deleted...]
-          <x:t>169,921</x:t>
+          <x:t>168,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>