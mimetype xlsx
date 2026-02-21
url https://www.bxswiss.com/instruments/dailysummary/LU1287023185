--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86d16182353141ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd039fb3ed4bd406c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf7672d16554190"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46a693db6d404c50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c4d3c90dfb44186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf7672d16554190" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c2689fe9c2c4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46a693db6d404c50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 7-10Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>169,630</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>