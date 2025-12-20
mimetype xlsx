--- v0 (2025-11-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0475562cf9b44f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748786d185444a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0430f41e55fe4171"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd63ba92ed794b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ef90781e5d41ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0430f41e55fe4171" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22544a7eb69a4a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd63ba92ed794b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 5-7Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,145</x:t>
-[...58 lines deleted...]
-          <x:t>160,750</x:t>
+          <x:t>160,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>161,230</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,230</x:t>
-[...242 lines deleted...]
-          <x:t>161,165</x:t>
+          <x:t>161,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>