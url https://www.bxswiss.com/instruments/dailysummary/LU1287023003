--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748786d185444a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0c99e1309349a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd63ba92ed794b97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8bbca3e00d4fc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22544a7eb69a4a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd63ba92ed794b97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4430ea4d18c48b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8bbca3e00d4fc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 5-7Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>