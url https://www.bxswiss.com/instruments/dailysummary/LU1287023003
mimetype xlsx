--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0c99e1309349a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R769ef322c521435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8bbca3e00d4fc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc016aa0eb24848"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4430ea4d18c48b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8bbca3e00d4fc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1d3b7b6036465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc016aa0eb24848" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 5-7Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>160,706</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>160,821</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>