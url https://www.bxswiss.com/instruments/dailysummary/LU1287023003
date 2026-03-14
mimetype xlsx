--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R769ef322c521435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70592197e8dd4edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc016aa0eb24848"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2e68ba3f80a4b04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1d3b7b6036465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc016aa0eb24848" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re93ad3bb789643df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2e68ba3f80a4b04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Euro Government Bond 5-7Y UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1287023003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,577</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>161,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,657</x:t>
-[...306 lines deleted...]
-          <x:t>162,733</x:t>
+          <x:t>160,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>