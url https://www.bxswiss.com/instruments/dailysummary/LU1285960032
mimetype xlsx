--- v0 (2025-10-10)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84f691c9a73545ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R687117d139654ed5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeaa5f1a15444771"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2076277d72144e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe89f37691eb4d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeaa5f1a15444771" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd01d723be9614b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2076277d72144e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285960032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>76,980</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>