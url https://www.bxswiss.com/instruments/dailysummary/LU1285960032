--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R687117d139654ed5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R753b32bd26a74c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2076277d72144e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037500dd7cb6427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd01d723be9614b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2076277d72144e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45ccb5e0f4a84e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037500dd7cb6427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285960032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>74,145</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>74,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,928</x:t>
-[...274 lines deleted...]
-          <x:t>74,260</x:t>
+          <x:t>74,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>