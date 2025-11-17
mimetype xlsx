--- v0 (2025-10-26)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R561f8016974b4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376148fd98d04562" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R712f0e8d074a4ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R238343d047f440b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30fccbabe0f94e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R712f0e8d074a4ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra47b85f2629143f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R238343d047f440b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285959703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,452</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>78,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,801</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>