--- v1 (2025-11-17)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R376148fd98d04562" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35102544e51142ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R238343d047f440b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3f43aee341443a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra47b85f2629143f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R238343d047f440b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8a95a2e3ae4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3f43aee341443a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285959703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>78,411</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,546</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>77,404</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>