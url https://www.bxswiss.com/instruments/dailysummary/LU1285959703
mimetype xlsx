--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35102544e51142ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb25b390d1c7945c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d3f43aee341443a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2347448944cc4e14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8a95a2e3ae4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d3f43aee341443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962c539b01fd4bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2347448944cc4e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285959703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>74,798</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>