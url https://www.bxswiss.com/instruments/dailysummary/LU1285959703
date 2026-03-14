--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb25b390d1c7945c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d7381e908f04293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2347448944cc4e14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ce44f1d9f3a435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962c539b01fd4bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2347448944cc4e14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc345dd6fe1a041ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ce44f1d9f3a435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi USD Corporate Bond Climate Paris Aligned UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1285959703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,772</x:t>
-[...220 lines deleted...]
-          <x:t>73,054</x:t>
+          <x:t>73,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,527</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>73,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>