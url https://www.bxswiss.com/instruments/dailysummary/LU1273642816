--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R273cb3de9bfa433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853a74922d304722" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37941549635f4d64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1862f8d4b684655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e193bdf79994702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37941549635f4d64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712d200007714736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1862f8d4b684655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273642816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>