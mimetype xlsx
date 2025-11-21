--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853a74922d304722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R457aa0aeb3e7491d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1862f8d4b684655"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be82f4e0b1b44f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712d200007714736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1862f8d4b684655" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232f799f888440cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be82f4e0b1b44f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273642816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>27,511</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,808</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>28,751</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>