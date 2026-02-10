--- v2 (2025-11-21)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R457aa0aeb3e7491d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd59b32b90f78492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3be82f4e0b1b44f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9cbc4f0ba184ed8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232f799f888440cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3be82f4e0b1b44f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb67a67f2a7584b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9cbc4f0ba184ed8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273642816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>28,506</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,548</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>27,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>