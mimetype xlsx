--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd59b32b90f78492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3cae806d7f04441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9cbc4f0ba184ed8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b11fb2fd12d4f9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb67a67f2a7584b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9cbc4f0ba184ed8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0b3becb18194a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b11fb2fd12d4f9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273642816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>27,950</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,043</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>28,548</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>