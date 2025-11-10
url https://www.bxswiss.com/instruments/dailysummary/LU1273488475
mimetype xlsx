--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R081c872a410547ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0816f56402624f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33bd94ee1d62469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R716156bfe1e1436d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca1e21ad253743ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33bd94ee1d62469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad949c7d0144957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R716156bfe1e1436d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273488475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>33,970</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>