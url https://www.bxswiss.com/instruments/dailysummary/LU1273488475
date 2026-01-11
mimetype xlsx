--- v1 (2025-11-10)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0816f56402624f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc382c3dded7a4d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R716156bfe1e1436d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8606cc1f3ed4063"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad949c7d0144957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R716156bfe1e1436d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0610b566baef46fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8606cc1f3ed4063" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273488475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>34,543</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>