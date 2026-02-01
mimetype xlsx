--- v2 (2026-01-11)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc382c3dded7a4d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07ace3f4aa944b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8606cc1f3ed4063"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67198ed9fc4d42d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0610b566baef46fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8606cc1f3ed4063" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f19aed30172411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67198ed9fc4d42d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273488475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>