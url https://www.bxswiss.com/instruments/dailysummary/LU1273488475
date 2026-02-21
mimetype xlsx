--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07ace3f4aa944b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf96236f615f94b4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67198ed9fc4d42d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf594b263a24e4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f19aed30172411e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67198ed9fc4d42d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6010da00a54229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf594b263a24e4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273488475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>36,925</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,198</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>38,573</x:t>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>36,568</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>