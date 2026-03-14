--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf96236f615f94b4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redd8c7bd0aca4575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf594b263a24e4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f1ced6007404830"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6010da00a54229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf594b263a24e4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6968a37c7f7477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f1ced6007404830" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1273488475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>38,119</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,957</x:t>
-[...269 lines deleted...]
-          <x:t>38,060</x:t>
+          <x:t>36,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>