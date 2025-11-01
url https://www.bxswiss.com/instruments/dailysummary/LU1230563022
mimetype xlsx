--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cfdb0c3add1411c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4582825ced1a453c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb60b24f7dfbd47ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd28aed8f0e4094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8c6d2cc4c7463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb60b24f7dfbd47ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5d0cfc2f749412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd28aed8f0e4094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF JPY Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230563022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,288</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>14,469</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,316</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>14,567</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>14,942</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>