--- v1 (2025-11-01)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4582825ced1a453c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2756371fae254df5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd28aed8f0e4094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda3985e8780943a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5d0cfc2f749412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd28aed8f0e4094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R866109ec73d24ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda3985e8780943a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF JPY Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230563022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>14,920</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,853</x:t>
-[...31 lines deleted...]
-          <x:t>14,989</x:t>
+          <x:t>15,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>