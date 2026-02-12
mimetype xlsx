--- v2 (2026-01-02)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2756371fae254df5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd635110963784703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda3985e8780943a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43293c473d414646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R866109ec73d24ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda3985e8780943a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d8487545554e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43293c473d414646" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF JPY Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230563022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>15,160</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,993</x:t>
-[...16 lines deleted...]
-          <x:t>15,406</x:t>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,344</x:t>
-[...409 lines deleted...]
-          <x:t>15,336</x:t>
+          <x:t>15,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>