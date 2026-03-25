--- v3 (2026-02-12)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd635110963784703" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865c465f121f41a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43293c473d414646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06249481041245e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d8487545554e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43293c473d414646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re567fffa235746c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06249481041245e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF JPY Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230563022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>16,046</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,102</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>15,628</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,492</x:t>
-[...355 lines deleted...]
-          <x:t>16,396</x:t>
+          <x:t>15,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>