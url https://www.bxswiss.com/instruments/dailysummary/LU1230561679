--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref18d7915ecc4a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e4211cb921741c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57194aeb703f4ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd350ae8ee664d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c5c7c8d86a4f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57194aeb703f4ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7584a1ac4d394eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd350ae8ee664d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF JPY dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230561679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>22,998</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>