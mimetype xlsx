--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e4211cb921741c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a7ca1272d14494" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd350ae8ee664d79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e545a96c4d4e9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7584a1ac4d394eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd350ae8ee664d79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R800b1eb05335426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e545a96c4d4e9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF JPY dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230561679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,841</x:t>
-[...247 lines deleted...]
-          <x:t>23,961</x:t>
+          <x:t>24,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,048</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>24,062</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>