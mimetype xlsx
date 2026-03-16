--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a7ca1272d14494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd2c7fc0d1f24750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e545a96c4d4e9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e8a6f74f6d4e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R800b1eb05335426d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e545a96c4d4e9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R658a0cb658e549de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e8a6f74f6d4e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan Socially Responsible UCITS ETF JPY dis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230561679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>24,405</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,088</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>24,988</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>