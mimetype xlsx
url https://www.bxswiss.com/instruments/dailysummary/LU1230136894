--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa133e0de5040a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3679806a9df94894" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R354b8c2efcaa420b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4d882b8c5b484f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f9d7d1d4ec47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R354b8c2efcaa420b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4449d9f79be494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4d882b8c5b484f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Smart Overnight Return UCITS ETF GBP Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230136894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1.284,328</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.271,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>