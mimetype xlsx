--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3679806a9df94894" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R246054e24cdf47f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4d882b8c5b484f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad0d11b77604444"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4449d9f79be494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4d882b8c5b484f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb29d4a89cc3e4c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad0d11b77604444" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Smart Overnight Return UCITS ETF GBP Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230136894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1.289,633</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.288,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.309,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>