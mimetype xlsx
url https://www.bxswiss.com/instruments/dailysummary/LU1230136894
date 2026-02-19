--- v2 (2026-01-08)
+++ v3 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R246054e24cdf47f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd471bee944e044e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad0d11b77604444"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ebc6d3a9b9b488a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb29d4a89cc3e4c0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad0d11b77604444" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ef2155850a4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ebc6d3a9b9b488a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi Smart Overnight Return UCITS ETF GBP Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230136894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.306,839</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.303,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.306,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.296,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.298,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.295,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.287,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.289,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>