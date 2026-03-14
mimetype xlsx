--- v3 (2026-02-19)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd471bee944e044e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f48ac856394921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ebc6d3a9b9b488a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b8c8bbb0b74950"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,540 +91,108 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ef2155850a4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ebc6d3a9b9b488a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0156ff99411d4532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b8c8bbb0b74950" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi Smart Overnight Return UCITS ETF GBP Hedged Acc</x:t>
+          <x:t>Amundi Smart Overnight Return UCITS ETF GBP Hedged Acc  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1230136894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.280,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.282,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.274,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.279,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.279,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.281,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.276,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.278,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.275,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.270,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.278,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.277,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.283,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.281,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>