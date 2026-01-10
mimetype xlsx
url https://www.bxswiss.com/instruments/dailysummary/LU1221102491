--- v0 (2025-11-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d5e0da37ad14dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069a6e915b7d4dd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R307f4c22d7d644d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb559ad060094bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ceb9f9500e49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R307f4c22d7d644d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1df477d0fa4fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb559ad060094bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 4C CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1221102491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>24,055</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>