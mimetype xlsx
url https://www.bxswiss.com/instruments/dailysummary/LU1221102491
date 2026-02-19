--- v1 (2026-01-10)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069a6e915b7d4dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8161ef76e0ae49e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb559ad060094bee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra60361421dcc42a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1df477d0fa4fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb559ad060094bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee4f0dce6e54682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra60361421dcc42a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 4C CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1221102491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>25,355</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>25,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>25,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,126</x:t>
-[...372 lines deleted...]
-          <x:t>25,627</x:t>
+          <x:t>25,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>