--- v2 (2026-02-19)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8161ef76e0ae49e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5803e27abf704075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra60361421dcc42a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49325ce581774336"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee4f0dce6e54682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra60361421dcc42a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a4afe4caea74a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49325ce581774336" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers DAX ESG Screened UCITS ETF 4C CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1221102491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>