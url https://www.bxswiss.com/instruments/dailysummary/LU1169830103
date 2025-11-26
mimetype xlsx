--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R954d7ef9e84340f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc4fca502ca4b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66c21a5086634e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ca52da02e34909"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34bb32d3b0f445e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66c21a5086634e86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4539bef59a04cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ca52da02e34909" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland 20/35 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169830103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>15,752</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,703</x:t>
-[...70 lines deleted...]
-          <x:t>16,148</x:t>
+          <x:t>16,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,085</x:t>
-[...65 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>16,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,405</x:t>
-[...117 lines deleted...]
-          <x:t>16,145</x:t>
+          <x:t>16,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>