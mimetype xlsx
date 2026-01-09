--- v1 (2025-11-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc4fca502ca4b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re23b95ade9484dfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ca52da02e34909"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276c79ad94f543a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4539bef59a04cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ca52da02e34909" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eafd025cc4d466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276c79ad94f543a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland 20/35 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169830103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>16,568</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>