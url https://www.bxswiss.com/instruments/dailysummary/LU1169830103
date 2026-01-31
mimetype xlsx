--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re23b95ade9484dfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ae0692c40d04124" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R276c79ad94f543a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d62f0859fd94c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eafd025cc4d466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R276c79ad94f543a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e58e9a3e18a416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d62f0859fd94c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland 20/35 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169830103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>16,868</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,820</x:t>
-[...11 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>17,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,962</x:t>
-[...441 lines deleted...]
-          <x:t>17,366</x:t>
+          <x:t>17,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>