--- v3 (2026-01-31)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ae0692c40d04124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c93ce14e2ee49f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d62f0859fd94c6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7828844df71b410a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e58e9a3e18a416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d62f0859fd94c6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb5a206831bd4e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7828844df71b410a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland 20/35 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169830103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>17,106</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,984</x:t>
-[...43 lines deleted...]
-          <x:t>17,357</x:t>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,237</x:t>
-[...134 lines deleted...]
-          <x:t>17,405</x:t>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>16,897</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>