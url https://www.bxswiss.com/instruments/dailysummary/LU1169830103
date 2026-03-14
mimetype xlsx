--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c93ce14e2ee49f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39d61fb3e274099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7828844df71b410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R340b87ea59164c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb5a206831bd4e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7828844df71b410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ebf42ee3bf453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R340b87ea59164c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Switzerland 20/35 UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169830103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>17,178</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>17,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>17,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>