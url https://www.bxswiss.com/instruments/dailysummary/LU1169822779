--- v0 (2025-10-15)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40891f38d8d943cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refae742829e341ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7cf4190f4184c53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a0a6ab47524a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2a014d545b940ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7cf4190f4184c53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83bfc4c18b5f4c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a0a6ab47524a65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169822779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>26,951</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>