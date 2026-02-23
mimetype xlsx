--- v1 (2026-01-07)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refae742829e341ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57e0dbebf15f45ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a0a6ab47524a65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0948ca84d70e4991"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83bfc4c18b5f4c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a0a6ab47524a65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R707bdfaa8ba94f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0948ca84d70e4991" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169822779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>28,966</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,866</x:t>
-[...112 lines deleted...]
-          <x:t>29,944</x:t>
+          <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>