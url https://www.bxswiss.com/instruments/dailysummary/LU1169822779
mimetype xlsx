--- v2 (2026-02-23)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57e0dbebf15f45ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03456daee4434547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0948ca84d70e4991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b47a356044c4042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R707bdfaa8ba94f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0948ca84d70e4991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d36eafbd9841d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b47a356044c4042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169822779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>31,594</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,272</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>31,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,368</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>