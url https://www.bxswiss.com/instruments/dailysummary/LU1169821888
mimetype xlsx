--- v0 (2025-10-23)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7f3fc6abe81462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b0b06809904512" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7e0903d36af4022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a9cd08342554019"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20779221c1c24251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7e0903d36af4022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bbac0bbe43f4518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a9cd08342554019" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>