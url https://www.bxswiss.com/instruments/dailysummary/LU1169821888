--- v1 (2025-11-13)
+++ v2 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b0b06809904512" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60fc42c45f9424e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a9cd08342554019"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b5a9c10c424cdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bbac0bbe43f4518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a9cd08342554019" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b66d39ef3444a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b5a9c10c424cdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...247 lines deleted...]
-          <x:t>33,304</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,228</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>33,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,881</x:t>
-[...65 lines deleted...]
-          <x:t>33,814</x:t>
+          <x:t>33,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,814</x:t>
-[...247 lines deleted...]
-          <x:t>34,648</x:t>
+          <x:t>34,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>