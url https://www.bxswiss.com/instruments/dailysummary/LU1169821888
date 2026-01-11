--- v2 (2025-12-22)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60fc42c45f9424e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d53e502273477e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b5a9c10c424cdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc69634b211194d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b66d39ef3444a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b5a9c10c424cdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a703fa9801d4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc69634b211194d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,475</x:t>
-[...232 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>34,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,796</x:t>
-[...225 lines deleted...]
-          <x:t>34,928</x:t>
+          <x:t>34,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>