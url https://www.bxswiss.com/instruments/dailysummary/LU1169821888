--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d53e502273477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b45548c3e914ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc69634b211194d2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a467ce2130405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a703fa9801d4130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc69634b211194d2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87db7512ea974c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a467ce2130405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>