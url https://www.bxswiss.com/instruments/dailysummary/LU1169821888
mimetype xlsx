--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b45548c3e914ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6292d164c0c4707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a467ce2130405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ee7997977e043e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87db7512ea974c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a467ce2130405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0945021db2f4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ee7997977e043e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,573</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>