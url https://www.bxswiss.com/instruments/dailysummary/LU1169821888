--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6292d164c0c4707" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e91785d45a349c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ee7997977e043e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0567160afc74619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0945021db2f4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ee7997977e043e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a84fa77c584c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0567160afc74619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Japan UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>