--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74695d901f44ccd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc73aaa75ec742ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36f4d88de0fe4ade"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bb8a070c8b049ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79c09fcad5549a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36f4d88de0fe4ade" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d17bf9f3a4b4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bb8a070c8b049ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom USD-Hedged UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,652</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>20,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,752</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,835</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>