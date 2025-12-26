--- v1 (2025-10-25)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc73aaa75ec742ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e89672547c94dc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bb8a070c8b049ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6496136f0bce4770"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d17bf9f3a4b4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bb8a070c8b049ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bd696f997844f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6496136f0bce4770" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom USD-Hedged UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>21,479</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>