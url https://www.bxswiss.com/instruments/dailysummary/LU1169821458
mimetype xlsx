--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e89672547c94dc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01961927e2b94d91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6496136f0bce4770"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480ac3bf42a34fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bd696f997844f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6496136f0bce4770" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829d996511b04b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480ac3bf42a34fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom USD-Hedged UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>21,793</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...478 lines deleted...]
-          <x:t>21,987</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>