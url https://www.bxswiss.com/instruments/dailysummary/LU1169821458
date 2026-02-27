--- v3 (2026-01-15)
+++ v4 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01961927e2b94d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673d07c55e604402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480ac3bf42a34fc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91404941d6624961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829d996511b04b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480ac3bf42a34fc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad27f922021348c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91404941d6624961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom USD-Hedged UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>21,736</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,703</x:t>
-[...367 lines deleted...]
-          <x:t>22,604</x:t>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,796</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>22,907</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>