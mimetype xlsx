--- v4 (2026-02-27)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673d07c55e604402" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8a648ed7c3b4f35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91404941d6624961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf1379c82eb4521"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad27f922021348c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91404941d6624961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99afb1fecf74461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf1379c82eb4521" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom USD-Hedged UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169821458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,927</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>22,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,718</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>