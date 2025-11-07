--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64828d19d4eb40bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e75bf9b8a0047d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e477d07f9d04145"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4a5956df27c4736"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde547a5220bb454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e477d07f9d04145" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ddc33242dc4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4a5956df27c4736" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169820997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>16,303</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,488</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>16,799</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,736</x:t>
-[...26 lines deleted...]
-          <x:t>16,724</x:t>
+          <x:t>16,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>