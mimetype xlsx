--- v1 (2025-11-07)
+++ v2 (2025-11-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e75bf9b8a0047d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673a54b4e3ca4395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4a5956df27c4736"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8af7798c7e4281"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ddc33242dc4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4a5956df27c4736" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ab6de410b464b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8af7798c7e4281" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169820997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>16,666</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,724</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...288 lines deleted...]
-          <x:t>16,527</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,604</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>17,134</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,073</x:t>
-[...188 lines deleted...]
-          <x:t>17,136</x:t>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>