--- v2 (2025-11-27)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R673a54b4e3ca4395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ea657e31d045f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a8af7798c7e4281"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b93102fedc24627"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ab6de410b464b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a8af7798c7e4281" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d442ad57a484cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b93102fedc24627" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169820997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,134</x:t>
-[...183 lines deleted...]
-          <x:t>17,218</x:t>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,116</x:t>
-[...382 lines deleted...]
-          <x:t>17,075</x:t>
+          <x:t>17,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>