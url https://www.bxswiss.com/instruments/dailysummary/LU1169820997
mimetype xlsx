--- v3 (2026-01-08)
+++ v4 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ea657e31d045f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d66876bf5b6443d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b93102fedc24627"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b055041d8bd4e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d442ad57a484cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b93102fedc24627" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81ce6191d90f4c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b055041d8bd4e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169820997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>17,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>17,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,553</x:t>
-[...31 lines deleted...]
-          <x:t>17,635</x:t>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>