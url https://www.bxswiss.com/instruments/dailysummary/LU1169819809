--- v0 (2025-10-15)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86ac3da7e8a54332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aff0e2af85942c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00bf08428fcb4641"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a7243b974a406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b202f0a98541e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00bf08428fcb4641" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d89646a46964dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a7243b974a406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>17,604</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>