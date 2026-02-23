--- v1 (2026-01-07)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aff0e2af85942c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32623921bec545ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a7243b974a406d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7771681d38b34c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d89646a46964dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a7243b974a406d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb501e974de4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7771681d38b34c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>18,166</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,136</x:t>
-[...409 lines deleted...]
-          <x:t>18,766</x:t>
+          <x:t>18,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>