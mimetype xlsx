--- v2 (2026-02-23)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32623921bec545ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R307ab6cefa864eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7771681d38b34c2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c988f0804054e9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb501e974de4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7771681d38b34c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c12ba2c43847ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c988f0804054e9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,743</x:t>
-[...323 lines deleted...]
-          <x:t>18,634</x:t>
+          <x:t>18,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,462</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>19,020</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>