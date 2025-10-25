--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ce4585033474c69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda3359ec1004cf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1389b5f7a09479f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06661eb0f53346d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2bf7d06d16749b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1389b5f7a09479f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa4f4cc36d44408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06661eb0f53346d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,231</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>24,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,955</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>