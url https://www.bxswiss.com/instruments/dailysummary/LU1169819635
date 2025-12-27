--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda3359ec1004cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4220cdf082c43dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06661eb0f53346d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad6c0480bfe5413d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa4f4cc36d44408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06661eb0f53346d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66a735eae544275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad6c0480bfe5413d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>24,731</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,961</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>24.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,125</x:t>
-[...9 lines deleted...]
-          <x:t>24,989</x:t>
+          <x:t>25,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>