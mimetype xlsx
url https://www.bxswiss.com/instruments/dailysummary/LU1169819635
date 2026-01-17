--- v2 (2025-12-27)
+++ v3 (2026-01-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4220cdf082c43dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe6cb24e284b476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad6c0480bfe5413d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593fde55dd864c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66a735eae544275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad6c0480bfe5413d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873eabfd7b6647b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593fde55dd864c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>25,215</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,163</x:t>
-[...16 lines deleted...]
-          <x:t>25,305</x:t>
+          <x:t>25,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,346</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>23.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,368</x:t>
-[...9 lines deleted...]
-          <x:t>25,328</x:t>
+          <x:t>25,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>