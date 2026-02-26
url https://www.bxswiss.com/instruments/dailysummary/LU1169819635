--- v3 (2026-01-17)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe6cb24e284b476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc102e172eff414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R593fde55dd864c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb225be7e5f7142e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873eabfd7b6647b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R593fde55dd864c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa6582decbd46c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb225be7e5f7142e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>16.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,527</x:t>
-[...9 lines deleted...]
-          <x:t>26,432</x:t>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>