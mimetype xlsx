--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc102e172eff414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d123bd61212406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb225be7e5f7142e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8624f805b14f4d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa6582decbd46c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb225be7e5f7142e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a109772d89043e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8624f805b14f4d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI EMU UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1169819635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>26,489</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,623</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,569</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>