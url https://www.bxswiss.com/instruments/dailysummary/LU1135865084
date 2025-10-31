--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0dc15682a964539" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625b3a82be114299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e3c82af7984fa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2a28535b14436e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf13fd8784c3e4484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e3c82af7984fa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523c8ac0e27148ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2a28535b14436e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1135865084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>