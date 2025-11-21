--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625b3a82be114299" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39670aee88c94fc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2a28535b14436e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6d47adf92714c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523c8ac0e27148ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2a28535b14436e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9080ce135e1476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6d47adf92714c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1135865084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>