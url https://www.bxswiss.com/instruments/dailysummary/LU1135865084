--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39670aee88c94fc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51dbbfb7603b47aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6d47adf92714c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf523f72a8a49450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9080ce135e1476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6d47adf92714c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a7702bbb7741a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf523f72a8a49450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1135865084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>389,359</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>