--- v3 (2026-01-01)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51dbbfb7603b47aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301ce91dacfe4ca1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf523f72a8a49450c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2540586e02e44347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a7702bbb7741a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf523f72a8a49450c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247d01f387fd4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2540586e02e44347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P 500 II UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1135865084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>388,900</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>394,322</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>