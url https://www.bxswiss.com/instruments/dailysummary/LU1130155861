--- v0 (2025-10-12)
+++ v1 (2026-01-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32020536dc4e4898" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab857ca4355041e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1940fe66e6fe4560"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a996fadc1b431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cfad9237ba74bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1940fe66e6fe4560" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed4871e790b4fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a996fadc1b431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>37,815</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>