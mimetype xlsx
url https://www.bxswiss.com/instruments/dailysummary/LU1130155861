--- v1 (2026-01-03)
+++ v2 (2026-01-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab857ca4355041e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R065c1a08d9564e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a996fadc1b431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3a9e3e9ee349bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reed4871e790b4fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a996fadc1b431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7474f9c470d74836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3a9e3e9ee349bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>