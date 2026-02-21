--- v2 (2026-01-28)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R065c1a08d9564e42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36be86c0f10d4274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3a9e3e9ee349bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R401de1421fb748d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7474f9c470d74836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3a9e3e9ee349bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2a527b100ae4c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R401de1421fb748d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>39,769</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>40,920</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,063</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>40,034</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>