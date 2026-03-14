--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36be86c0f10d4274" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R589899e72a2e431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R401de1421fb748d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03468fa45b904edd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2a527b100ae4c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R401de1421fb748d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0950e90442fc4dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03468fa45b904edd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>41,042</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,737</x:t>
-[...566 lines deleted...]
-          <x:t>40,508</x:t>
+          <x:t>41,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,937</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>41,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>