--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a0bb6d55084d11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402a418aa6ea440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0de4da57ace3423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf4bb2c7d264962"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b2b24147314cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0de4da57ace3423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceea9d2f1d71439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf4bb2c7d264962" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS-MSCI Canada UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>31,035</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,332</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>31,577</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>32,304</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>