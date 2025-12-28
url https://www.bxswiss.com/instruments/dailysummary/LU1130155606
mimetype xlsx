--- v1 (2025-10-25)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402a418aa6ea440b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dac3be02f264280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf4bb2c7d264962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf66b84f2d1e1404f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceea9d2f1d71439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf4bb2c7d264962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb580b9612694692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf66b84f2d1e1404f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS-MSCI Canada UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>31,957</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>