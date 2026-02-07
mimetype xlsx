--- v2 (2025-12-28)
+++ v3 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dac3be02f264280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f44afa604244e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf66b84f2d1e1404f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra94b38569fbd48a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb580b9612694692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf66b84f2d1e1404f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1809a4cd7044ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra94b38569fbd48a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS-MSCI Canada UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>33,915</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>