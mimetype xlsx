--- v3 (2026-02-07)
+++ v4 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f44afa604244e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37a286593954e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra94b38569fbd48a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88fbfd18ef5944b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1809a4cd7044ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra94b38569fbd48a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7804e8a02f364267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88fbfd18ef5944b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS-MSCI Canada UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>34,711</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,311</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>33,453</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>