--- v4 (2026-02-27)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37a286593954e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c0c72a7559444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88fbfd18ef5944b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6881ed81faed447c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7804e8a02f364267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88fbfd18ef5944b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a1402e8b6c84f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6881ed81faed447c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS-MSCI Canada UCITS ETF (hedged to EUR) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>33,872</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,479</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>35,318</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>