--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b2784d230df4c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144418d7846840dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb36eb2b66add49bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re786183bf0d3454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b523758b8f6401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb36eb2b66add49bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985112cfe4284dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re786183bf0d3454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>36,463</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,672</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>37,245</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>