--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144418d7846840dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9abcd5d8609446be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re786183bf0d3454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8111153b93246bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985112cfe4284dc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re786183bf0d3454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5a7c7c85ce4e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8111153b93246bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>36,722</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,521</x:t>
-[...26 lines deleted...]
-          <x:t>36,361</x:t>
+          <x:t>36,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,939</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>37,132</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,693</x:t>
-[...75 lines deleted...]
-          <x:t>37,154</x:t>
+          <x:t>36,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>36,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,212</x:t>
-        </x:is>
-[...62 lines deleted...]
-          <x:t>37,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>