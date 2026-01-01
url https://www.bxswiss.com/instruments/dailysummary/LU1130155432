--- v2 (2025-11-21)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9abcd5d8609446be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f32d2b391594105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8111153b93246bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7644b0f43e3f4b14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c5a7c7c85ce4e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8111153b93246bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889791b3fcae492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7644b0f43e3f4b14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>37,212</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>