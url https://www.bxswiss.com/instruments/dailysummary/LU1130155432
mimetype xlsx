--- v3 (2026-01-01)
+++ v4 (2026-01-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f32d2b391594105" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088b98909ef44c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7644b0f43e3f4b14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc0d6c000124f64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889791b3fcae492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7644b0f43e3f4b14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1908cf527e804482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc0d6c000124f64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>38,708</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,264</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>39,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>