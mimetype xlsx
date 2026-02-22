--- v4 (2026-01-30)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088b98909ef44c17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra08e7844e15f43fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc0d6c000124f64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77619b9ef114266"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1908cf527e804482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc0d6c000124f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e4e3607049f4e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77619b9ef114266" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>39,996</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,837</x:t>
-[...328 lines deleted...]
-          <x:t>39,632</x:t>
+          <x:t>40,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>