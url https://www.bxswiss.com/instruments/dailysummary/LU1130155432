--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra08e7844e15f43fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b357876d04741a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77619b9ef114266"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdde85bfcf3ed4b52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e4e3607049f4e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77619b9ef114266" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4be4804b4c84a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdde85bfcf3ed4b52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Canada UCITS ETF (hedged to CHF) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1130155432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,133</x:t>
-[...48 lines deleted...]
-          <x:t>39,915</x:t>
+          <x:t>40,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,063</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>40,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>