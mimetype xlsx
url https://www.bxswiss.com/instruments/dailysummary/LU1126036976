--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd34ae07a0307472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc868cf370cf24262" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0167b8318c8a45ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63cd34ceaf854da9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3abb89419b94b78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0167b8318c8a45ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c90fbd17324d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63cd34ceaf854da9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1126036976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>15,069</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,847</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>15,345</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>15,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>