--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc868cf370cf24262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf697ed0271334fd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63cd34ceaf854da9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd143705743c44af6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c90fbd17324d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63cd34ceaf854da9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52ef553b0ba743db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd143705743c44af6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1126036976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>15,552</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,440</x:t>
-[...102 lines deleted...]
-          <x:t>15,900</x:t>
+          <x:t>15,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>15,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>