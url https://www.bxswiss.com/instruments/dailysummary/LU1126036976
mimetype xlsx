--- v2 (2026-01-11)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf697ed0271334fd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e4069f8b5345fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd143705743c44af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c8101294e1342e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52ef553b0ba743db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd143705743c44af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6933cf7e59d54df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c8101294e1342e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1126036976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>