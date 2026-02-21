--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e4069f8b5345fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa42bda70e444c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c8101294e1342e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2f132f6d834478"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6933cf7e59d54df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c8101294e1342e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re75e9b11cc774869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2f132f6d834478" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1126036976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>16,327</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>16,711</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>16,649</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>16,568</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>