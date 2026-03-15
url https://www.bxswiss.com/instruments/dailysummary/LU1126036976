--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa42bda70e444c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e45f3b67a324b47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d2f132f6d834478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6d28b1e76694ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re75e9b11cc774869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d2f132f6d834478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815ba8a2ff0d433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6d28b1e76694ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1126036976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>16,682</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,641</x:t>
-[...215 lines deleted...]
-          <x:t>17,199</x:t>
+          <x:t>16,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>