--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fefa2a265094cc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a97791216a646a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a6c31fe14b047c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1864c9c49e2457a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3a83abd19904a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a6c31fe14b047c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79883ca093dd418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1864c9c49e2457a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109943388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,306</x:t>
-[...166 lines deleted...]
-          <x:t>22,126</x:t>
+          <x:t>22,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,133</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>22,039</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>22,002</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>