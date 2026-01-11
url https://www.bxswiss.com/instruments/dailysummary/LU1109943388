--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a97791216a646a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red43b8c1ff2b480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1864c9c49e2457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c129265a2d4a16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79883ca093dd418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1864c9c49e2457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e705e665e884d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c129265a2d4a16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109943388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>21,984</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>