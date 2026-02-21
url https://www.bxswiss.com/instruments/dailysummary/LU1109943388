--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red43b8c1ff2b480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646781df93ca44a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c129265a2d4a16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99add9458b914bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e705e665e884d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c129265a2d4a16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c733b9080be4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99add9458b914bf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109943388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>22,308</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,274</x:t>
-[...210 lines deleted...]
-          <x:t>22,374</x:t>
+          <x:t>22,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,345</x:t>
-[...161 lines deleted...]
-          <x:t>22,509</x:t>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>