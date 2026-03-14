--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R646781df93ca44a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81b57d183b8746a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99add9458b914bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbb0911de9aa4cb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c733b9080be4680" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99add9458b914bf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b8c4a464ae745f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbb0911de9aa4cb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109943388</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,108</x:t>
+          <x:t>21,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,081</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>22,104</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>22,098</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,020</x:t>
-[...215 lines deleted...]
-          <x:t>22,059</x:t>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>