--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf15c9e7d8ed041c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f8880bd24742cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd918df95d2254aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84f5c338cffc4ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R175131cc98884832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd918df95d2254aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bdd6cb9bd834c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84f5c338cffc4ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109942653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>15,036</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>14,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>14,948</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>14,925</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,926</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,959</x:t>
-[...441 lines deleted...]
-          <x:t>15,051</x:t>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>