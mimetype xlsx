--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f8880bd24742cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refd38d3ad687486d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84f5c338cffc4ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6781ef38bf74b03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bdd6cb9bd834c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84f5c338cffc4ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67c7314db8e94abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6781ef38bf74b03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109942653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>14,795</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,866</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>02.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>14,909</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,880</x:t>
-[...65 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>14,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>14,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,926</x:t>
-[...151 lines deleted...]
-          <x:t>14,911</x:t>
+          <x:t>15,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,867</x:t>
-[...58 lines deleted...]
-          <x:t>14,898</x:t>
+          <x:t>14,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>