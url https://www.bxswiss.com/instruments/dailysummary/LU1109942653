--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refd38d3ad687486d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff490d30b454be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6781ef38bf74b03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc39c92e31a164f21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67c7314db8e94abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6781ef38bf74b03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9f6f69ba434b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc39c92e31a164f21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109942653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,904</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>14,907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>14,919</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,893</x:t>
-[...215 lines deleted...]
-          <x:t>14,998</x:t>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>