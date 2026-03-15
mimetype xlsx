--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff490d30b454be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R439a6ccdac7744c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc39c92e31a164f21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb946ac31337439d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9f6f69ba434b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc39c92e31a164f21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f1852cdf9b4958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb946ac31337439d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II EUR High Yield Corporate Bond UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109942653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>14,721</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>14,769</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,751</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>14,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,522</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>