--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d672cc0911542f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8944c63441c41ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re96c6815a86c4914"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf4cea7a6a244900"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9302fe9d82bb431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re96c6815a86c4914" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2efbca907c8463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf4cea7a6a244900" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Rolling Target Maturity Sept 2027 EUR High Yield UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109939865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,036</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>8,072</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,024</x:t>
-[...490 lines deleted...]
-          <x:t>8,064</x:t>
+          <x:t>8,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>