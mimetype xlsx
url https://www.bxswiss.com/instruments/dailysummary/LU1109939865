--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8944c63441c41ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R408c3af722c34d08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf4cea7a6a244900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103fa2a582524a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2efbca907c8463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf4cea7a6a244900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32a82dc3aade4a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103fa2a582524a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Rolling Target Maturity Sept 2027 EUR High Yield UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109939865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>8,067</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,059</x:t>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,094</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>8,074</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,097</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,120</x:t>
-[...70 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,153</x:t>
-[...75 lines deleted...]
-          <x:t>8,062</x:t>
+          <x:t>8,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,062</x:t>
-[...139 lines deleted...]
-          <x:t>8,102</x:t>
+          <x:t>8,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>