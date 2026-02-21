--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R408c3af722c34d08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244eba50fc454369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103fa2a582524a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76fd3e2ccf9942b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32a82dc3aade4a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103fa2a582524a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8c2fee86b344890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76fd3e2ccf9942b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Rolling Target Maturity Sept 2027 EUR High Yield UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109939865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,119</x:t>
-[...80 lines deleted...]
-          <x:t>8,133</x:t>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,099</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>19.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,128</x:t>
-[...26 lines deleted...]
-          <x:t>8,113</x:t>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,096</x:t>
-[...215 lines deleted...]
-          <x:t>8,141</x:t>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>