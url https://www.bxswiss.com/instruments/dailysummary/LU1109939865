--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R244eba50fc454369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72dddf99a0934fe3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76fd3e2ccf9942b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc33706f68af462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8c2fee86b344890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76fd3e2ccf9942b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf32d59971a674800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc33706f68af462d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers II Rolling Target Maturity Sept 2027 EUR High Yield UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1109939865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>7,969</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,963</x:t>
-[...11 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>7,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,813</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>