--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ca6e86a6764973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff0279bc5b843f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33fc6368f2814048"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c1842ee5e9046b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f1cee56c0b142e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33fc6368f2814048" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6104698ccb3c41ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c1842ee5e9046b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Core MSCI Japan UCITS ETF JPY UKdis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,459</x:t>
-[...161 lines deleted...]
-          <x:t>18,474</x:t>
+          <x:t>18,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,347</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...84 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,200</x:t>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>