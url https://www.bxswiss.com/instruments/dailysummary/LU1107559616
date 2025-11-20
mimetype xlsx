--- v1 (2025-10-28)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff0279bc5b843f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8770eaab8834a93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c1842ee5e9046b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb70b53a16f44bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6104698ccb3c41ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c1842ee5e9046b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66845cbd5aaf4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb70b53a16f44bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Core MSCI Japan UCITS ETF JPY UKdis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,753</x:t>
-[...112 lines deleted...]
-          <x:t>18,071</x:t>
+          <x:t>18,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,297</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>18,974</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>