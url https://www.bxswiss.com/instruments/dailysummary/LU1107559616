--- v2 (2025-11-20)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8770eaab8834a93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04359df8e1114853" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb70b53a16f44bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46118344e104259"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66845cbd5aaf4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb70b53a16f44bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08db4ffcd0114149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46118344e104259" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Core MSCI Japan UCITS ETF JPY UKdis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,076</x:t>
-[...16 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>19,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,989</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>18,544</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>