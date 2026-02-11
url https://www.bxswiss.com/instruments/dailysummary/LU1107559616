--- v3 (2025-12-31)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04359df8e1114853" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88d96adce42543cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46118344e104259"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4800cf99b0c4a7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08db4ffcd0114149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46118344e104259" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3843f3352ee42fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4800cf99b0c4a7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Core MSCI Japan UCITS ETF JPY UKdis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>19,050</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>