--- v4 (2026-02-11)
+++ v5 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88d96adce42543cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ff349a5ec5149cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4800cf99b0c4a7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ee3f772b346472c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3843f3352ee42fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4800cf99b0c4a7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45656d54d5454f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ee3f772b346472c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Core MSCI Japan UCITS ETF JPY UKdis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>19,684</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,694</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>21,010</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>