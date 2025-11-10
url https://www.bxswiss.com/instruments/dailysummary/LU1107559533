--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39a4627a3604e3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bd56ec674043d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b22c5197094ea1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19208872150a4c99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R836ff9424a854e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b22c5197094ea1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93d2a1376868499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19208872150a4c99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>16,416</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,281</x:t>
-[...178 lines deleted...]
-          <x:t>16,472</x:t>
+          <x:t>16,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,492</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>16,379</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,343</x:t>
-[...85 lines deleted...]
-          <x:t>16,681</x:t>
+          <x:t>16,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>