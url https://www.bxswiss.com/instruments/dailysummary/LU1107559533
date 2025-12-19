--- v1 (2025-11-10)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bd56ec674043d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc32fd6a09ea14828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19208872150a4c99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab50ad08972842f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93d2a1376868499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19208872150a4c99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R081be105854c49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab50ad08972842f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>16,440</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,373</x:t>
-[...183 lines deleted...]
-          <x:t>16,963</x:t>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,898</x:t>
-[...119 lines deleted...]
-          <x:t>16,788</x:t>
+          <x:t>16,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,750</x:t>
-[...58 lines deleted...]
-          <x:t>16,885</x:t>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>