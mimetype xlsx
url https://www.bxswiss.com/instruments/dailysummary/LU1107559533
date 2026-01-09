--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc32fd6a09ea14828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248d91a2050c47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab50ad08972842f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb0fc80eebab413a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R081be105854c49a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab50ad08972842f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9519b273118848d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb0fc80eebab413a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>16,812</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,096</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>16,973</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,052</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>17,138</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,101</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>17,039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,073</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>