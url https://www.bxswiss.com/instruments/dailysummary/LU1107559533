--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248d91a2050c47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb66b12b2c6af4cd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb0fc80eebab413a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcd30bf264314430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9519b273118848d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb0fc80eebab413a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffd25e4422b4db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcd30bf264314430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>