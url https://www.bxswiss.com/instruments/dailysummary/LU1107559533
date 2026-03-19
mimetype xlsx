--- v4 (2026-01-31)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb66b12b2c6af4cd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9321a090b614bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcd30bf264314430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a9561cf6444685"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffd25e4422b4db7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcd30bf264314430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b29b39a1bb4950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a9561cf6444685" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - MSCI United Kingdom UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LU1107559533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>17,937</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,779</x:t>
-[...463 lines deleted...]
-          <x:t>17,789</x:t>
+          <x:t>18,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>